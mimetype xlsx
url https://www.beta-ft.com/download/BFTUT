--- v0 (2025-11-02)
+++ v1 (2026-02-13)
@@ -381,51 +381,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B2602"/>
+  <dimension ref="A1:B2669"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2">
         <v>42122</v>
       </c>
       <c r="B2">
         <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="2">
         <v>42123</v>
       </c>
@@ -21201,50 +21201,586 @@
         <v>242.39</v>
       </c>
     </row>
     <row r="2600" spans="1:2">
       <c r="A2600" s="2">
         <v>45959</v>
       </c>
       <c r="B2600">
         <v>242.9</v>
       </c>
     </row>
     <row r="2601" spans="1:2">
       <c r="A2601" s="2">
         <v>45960</v>
       </c>
       <c r="B2601">
         <v>242.29</v>
       </c>
     </row>
     <row r="2602" spans="1:2">
       <c r="A2602" s="2">
         <v>45961</v>
       </c>
       <c r="B2602">
         <v>244.65</v>
+      </c>
+    </row>
+    <row r="2603" spans="1:2">
+      <c r="A2603" s="2">
+        <v>45964</v>
+      </c>
+      <c r="B2603">
+        <v>245.8</v>
+      </c>
+    </row>
+    <row r="2604" spans="1:2">
+      <c r="A2604" s="2">
+        <v>45965</v>
+      </c>
+      <c r="B2604">
+        <v>241.57</v>
+      </c>
+    </row>
+    <row r="2605" spans="1:2">
+      <c r="A2605" s="2">
+        <v>45966</v>
+      </c>
+      <c r="B2605">
+        <v>242.06</v>
+      </c>
+    </row>
+    <row r="2606" spans="1:2">
+      <c r="A2606" s="2">
+        <v>45967</v>
+      </c>
+      <c r="B2606">
+        <v>240.6</v>
+      </c>
+    </row>
+    <row r="2607" spans="1:2">
+      <c r="A2607" s="2">
+        <v>45968</v>
+      </c>
+      <c r="B2607">
+        <v>240.73</v>
+      </c>
+    </row>
+    <row r="2608" spans="1:2">
+      <c r="A2608" s="2">
+        <v>45971</v>
+      </c>
+      <c r="B2608">
+        <v>244.29</v>
+      </c>
+    </row>
+    <row r="2609" spans="1:2">
+      <c r="A2609" s="2">
+        <v>45972</v>
+      </c>
+      <c r="B2609">
+        <v>244.42</v>
+      </c>
+    </row>
+    <row r="2610" spans="1:2">
+      <c r="A2610" s="2">
+        <v>45973</v>
+      </c>
+      <c r="B2610">
+        <v>244.13</v>
+      </c>
+    </row>
+    <row r="2611" spans="1:2">
+      <c r="A2611" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B2611">
+        <v>240.71</v>
+      </c>
+    </row>
+    <row r="2612" spans="1:2">
+      <c r="A2612" s="2">
+        <v>45975</v>
+      </c>
+      <c r="B2612">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="2613" spans="1:2">
+      <c r="A2613" s="2">
+        <v>45978</v>
+      </c>
+      <c r="B2613">
+        <v>239.96</v>
+      </c>
+    </row>
+    <row r="2614" spans="1:2">
+      <c r="A2614" s="2">
+        <v>45979</v>
+      </c>
+      <c r="B2614">
+        <v>239.17</v>
+      </c>
+    </row>
+    <row r="2615" spans="1:2">
+      <c r="A2615" s="2">
+        <v>45980</v>
+      </c>
+      <c r="B2615">
+        <v>239.32</v>
+      </c>
+    </row>
+    <row r="2616" spans="1:2">
+      <c r="A2616" s="2">
+        <v>45981</v>
+      </c>
+      <c r="B2616">
+        <v>236.16</v>
+      </c>
+    </row>
+    <row r="2617" spans="1:2">
+      <c r="A2617" s="2">
+        <v>45982</v>
+      </c>
+      <c r="B2617">
+        <v>237.16</v>
+      </c>
+    </row>
+    <row r="2618" spans="1:2">
+      <c r="A2618" s="2">
+        <v>45985</v>
+      </c>
+      <c r="B2618">
+        <v>239.83</v>
+      </c>
+    </row>
+    <row r="2619" spans="1:2">
+      <c r="A2619" s="2">
+        <v>45986</v>
+      </c>
+      <c r="B2619">
+        <v>240.59</v>
+      </c>
+    </row>
+    <row r="2620" spans="1:2">
+      <c r="A2620" s="2">
+        <v>45987</v>
+      </c>
+      <c r="B2620">
+        <v>241.44</v>
+      </c>
+    </row>
+    <row r="2621" spans="1:2">
+      <c r="A2621" s="2">
+        <v>45989</v>
+      </c>
+      <c r="B2621">
+        <v>242.39</v>
+      </c>
+    </row>
+    <row r="2622" spans="1:2">
+      <c r="A2622" s="2">
+        <v>45992</v>
+      </c>
+      <c r="B2622">
+        <v>241.66</v>
+      </c>
+    </row>
+    <row r="2623" spans="1:2">
+      <c r="A2623" s="2">
+        <v>45993</v>
+      </c>
+      <c r="B2623">
+        <v>242.21</v>
+      </c>
+    </row>
+    <row r="2624" spans="1:2">
+      <c r="A2624" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B2624">
+        <v>242.49</v>
+      </c>
+    </row>
+    <row r="2625" spans="1:2">
+      <c r="A2625" s="2">
+        <v>45995</v>
+      </c>
+      <c r="B2625">
+        <v>242.74</v>
+      </c>
+    </row>
+    <row r="2626" spans="1:2">
+      <c r="A2626" s="2">
+        <v>45996</v>
+      </c>
+      <c r="B2626">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="2627" spans="1:2">
+      <c r="A2627" s="2">
+        <v>45999</v>
+      </c>
+      <c r="B2627">
+        <v>241.97</v>
+      </c>
+    </row>
+    <row r="2628" spans="1:2">
+      <c r="A2628" s="2">
+        <v>46000</v>
+      </c>
+      <c r="B2628">
+        <v>242.59</v>
+      </c>
+    </row>
+    <row r="2629" spans="1:2">
+      <c r="A2629" s="2">
+        <v>46001</v>
+      </c>
+      <c r="B2629">
+        <v>243.47</v>
+      </c>
+    </row>
+    <row r="2630" spans="1:2">
+      <c r="A2630" s="2">
+        <v>46002</v>
+      </c>
+      <c r="B2630">
+        <v>244.74</v>
+      </c>
+    </row>
+    <row r="2631" spans="1:2">
+      <c r="A2631" s="2">
+        <v>46003</v>
+      </c>
+      <c r="B2631">
+        <v>243.84</v>
+      </c>
+    </row>
+    <row r="2632" spans="1:2">
+      <c r="A2632" s="2">
+        <v>46006</v>
+      </c>
+      <c r="B2632">
+        <v>243.74</v>
+      </c>
+    </row>
+    <row r="2633" spans="1:2">
+      <c r="A2633" s="2">
+        <v>46007</v>
+      </c>
+      <c r="B2633">
+        <v>243.97</v>
+      </c>
+    </row>
+    <row r="2634" spans="1:2">
+      <c r="A2634" s="2">
+        <v>46008</v>
+      </c>
+      <c r="B2634">
+        <v>242.24</v>
+      </c>
+    </row>
+    <row r="2635" spans="1:2">
+      <c r="A2635" s="2">
+        <v>46009</v>
+      </c>
+      <c r="B2635">
+        <v>243.72</v>
+      </c>
+    </row>
+    <row r="2636" spans="1:2">
+      <c r="A2636" s="2">
+        <v>46010</v>
+      </c>
+      <c r="B2636">
+        <v>245.67</v>
+      </c>
+    </row>
+    <row r="2637" spans="1:2">
+      <c r="A2637" s="2">
+        <v>46013</v>
+      </c>
+      <c r="B2637">
+        <v>246.96</v>
+      </c>
+    </row>
+    <row r="2638" spans="1:2">
+      <c r="A2638" s="2">
+        <v>46014</v>
+      </c>
+      <c r="B2638">
+        <v>247.16</v>
+      </c>
+    </row>
+    <row r="2639" spans="1:2">
+      <c r="A2639" s="2">
+        <v>46020</v>
+      </c>
+      <c r="B2639">
+        <v>245.02</v>
+      </c>
+    </row>
+    <row r="2640" spans="1:2">
+      <c r="A2640" s="2">
+        <v>46021</v>
+      </c>
+      <c r="B2640">
+        <v>244.83</v>
+      </c>
+    </row>
+    <row r="2641" spans="1:2">
+      <c r="A2641" s="2">
+        <v>46024</v>
+      </c>
+      <c r="B2641">
+        <v>242.13</v>
+      </c>
+    </row>
+    <row r="2642" spans="1:2">
+      <c r="A2642" s="2">
+        <v>46027</v>
+      </c>
+      <c r="B2642">
+        <v>244.25</v>
+      </c>
+    </row>
+    <row r="2643" spans="1:2">
+      <c r="A2643" s="2">
+        <v>46028</v>
+      </c>
+      <c r="B2643">
+        <v>246.61</v>
+      </c>
+    </row>
+    <row r="2644" spans="1:2">
+      <c r="A2644" s="2">
+        <v>46029</v>
+      </c>
+      <c r="B2644">
+        <v>246.32</v>
+      </c>
+    </row>
+    <row r="2645" spans="1:2">
+      <c r="A2645" s="2">
+        <v>46030</v>
+      </c>
+      <c r="B2645">
+        <v>246.09</v>
+      </c>
+    </row>
+    <row r="2646" spans="1:2">
+      <c r="A2646" s="2">
+        <v>46031</v>
+      </c>
+      <c r="B2646">
+        <v>247.38</v>
+      </c>
+    </row>
+    <row r="2647" spans="1:2">
+      <c r="A2647" s="2">
+        <v>46034</v>
+      </c>
+      <c r="B2647">
+        <v>248.74</v>
+      </c>
+    </row>
+    <row r="2648" spans="1:2">
+      <c r="A2648" s="2">
+        <v>46035</v>
+      </c>
+      <c r="B2648">
+        <v>248.36</v>
+      </c>
+    </row>
+    <row r="2649" spans="1:2">
+      <c r="A2649" s="2">
+        <v>46036</v>
+      </c>
+      <c r="B2649">
+        <v>247.74</v>
+      </c>
+    </row>
+    <row r="2650" spans="1:2">
+      <c r="A2650" s="2">
+        <v>46037</v>
+      </c>
+      <c r="B2650">
+        <v>248.17</v>
+      </c>
+    </row>
+    <row r="2651" spans="1:2">
+      <c r="A2651" s="2">
+        <v>46038</v>
+      </c>
+      <c r="B2651">
+        <v>247.89</v>
+      </c>
+    </row>
+    <row r="2652" spans="1:2">
+      <c r="A2652" s="2">
+        <v>46042</v>
+      </c>
+      <c r="B2652">
+        <v>247.14</v>
+      </c>
+    </row>
+    <row r="2653" spans="1:2">
+      <c r="A2653" s="2">
+        <v>46043</v>
+      </c>
+      <c r="B2653">
+        <v>247.79</v>
+      </c>
+    </row>
+    <row r="2654" spans="1:2">
+      <c r="A2654" s="2">
+        <v>46044</v>
+      </c>
+      <c r="B2654">
+        <v>250.18</v>
+      </c>
+    </row>
+    <row r="2655" spans="1:2">
+      <c r="A2655" s="2">
+        <v>46045</v>
+      </c>
+      <c r="B2655">
+        <v>251.16</v>
+      </c>
+    </row>
+    <row r="2656" spans="1:2">
+      <c r="A2656" s="2">
+        <v>46048</v>
+      </c>
+      <c r="B2656">
+        <v>250.32</v>
+      </c>
+    </row>
+    <row r="2657" spans="1:2">
+      <c r="A2657" s="2">
+        <v>46049</v>
+      </c>
+      <c r="B2657">
+        <v>250.02</v>
+      </c>
+    </row>
+    <row r="2658" spans="1:2">
+      <c r="A2658" s="2">
+        <v>46050</v>
+      </c>
+      <c r="B2658">
+        <v>249.07</v>
+      </c>
+    </row>
+    <row r="2659" spans="1:2">
+      <c r="A2659" s="2">
+        <v>46051</v>
+      </c>
+      <c r="B2659">
+        <v>246.63</v>
+      </c>
+    </row>
+    <row r="2660" spans="1:2">
+      <c r="A2660" s="2">
+        <v>46052</v>
+      </c>
+      <c r="B2660">
+        <v>242.92</v>
+      </c>
+    </row>
+    <row r="2661" spans="1:2">
+      <c r="A2661" s="2">
+        <v>46055</v>
+      </c>
+      <c r="B2661">
+        <v>242.6</v>
+      </c>
+    </row>
+    <row r="2662" spans="1:2">
+      <c r="A2662" s="2">
+        <v>46056</v>
+      </c>
+      <c r="B2662">
+        <v>243.02</v>
+      </c>
+    </row>
+    <row r="2663" spans="1:2">
+      <c r="A2663" s="2">
+        <v>46057</v>
+      </c>
+      <c r="B2663">
+        <v>240.56</v>
+      </c>
+    </row>
+    <row r="2664" spans="1:2">
+      <c r="A2664" s="2">
+        <v>46058</v>
+      </c>
+      <c r="B2664">
+        <v>236.83</v>
+      </c>
+    </row>
+    <row r="2665" spans="1:2">
+      <c r="A2665" s="2">
+        <v>46059</v>
+      </c>
+      <c r="B2665">
+        <v>239.2</v>
+      </c>
+    </row>
+    <row r="2666" spans="1:2">
+      <c r="A2666" s="2">
+        <v>46062</v>
+      </c>
+      <c r="B2666">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="2667" spans="1:2">
+      <c r="A2667" s="2">
+        <v>46063</v>
+      </c>
+      <c r="B2667">
+        <v>240.72</v>
+      </c>
+    </row>
+    <row r="2668" spans="1:2">
+      <c r="A2668" s="2">
+        <v>46064</v>
+      </c>
+      <c r="B2668">
+        <v>240.15</v>
+      </c>
+    </row>
+    <row r="2669" spans="1:2">
+      <c r="A2669" s="2">
+        <v>46065</v>
+      </c>
+      <c r="B2669">
+        <v>237.45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>