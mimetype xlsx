--- v0 (2025-11-02)
+++ v1 (2025-12-30)
@@ -381,51 +381,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B2415"/>
+  <dimension ref="A1:B2451"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2">
         <v>42397</v>
       </c>
       <c r="B2">
         <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="2">
         <v>42398</v>
       </c>
@@ -19705,50 +19705,338 @@
         <v>913.39</v>
       </c>
     </row>
     <row r="2413" spans="1:2">
       <c r="A2413" s="2">
         <v>45959</v>
       </c>
       <c r="B2413">
         <v>917.27</v>
       </c>
     </row>
     <row r="2414" spans="1:2">
       <c r="A2414" s="2">
         <v>45960</v>
       </c>
       <c r="B2414">
         <v>913.16</v>
       </c>
     </row>
     <row r="2415" spans="1:2">
       <c r="A2415" s="2">
         <v>45961</v>
       </c>
       <c r="B2415">
         <v>930.23</v>
+      </c>
+    </row>
+    <row r="2416" spans="1:2">
+      <c r="A2416" s="2">
+        <v>45964</v>
+      </c>
+      <c r="B2416">
+        <v>939.22</v>
+      </c>
+    </row>
+    <row r="2417" spans="1:2">
+      <c r="A2417" s="2">
+        <v>45965</v>
+      </c>
+      <c r="B2417">
+        <v>907.91</v>
+      </c>
+    </row>
+    <row r="2418" spans="1:2">
+      <c r="A2418" s="2">
+        <v>45966</v>
+      </c>
+      <c r="B2418">
+        <v>911.64</v>
+      </c>
+    </row>
+    <row r="2419" spans="1:2">
+      <c r="A2419" s="2">
+        <v>45967</v>
+      </c>
+      <c r="B2419">
+        <v>899.5700000000001</v>
+      </c>
+    </row>
+    <row r="2420" spans="1:2">
+      <c r="A2420" s="2">
+        <v>45968</v>
+      </c>
+      <c r="B2420">
+        <v>900.8200000000001</v>
+      </c>
+    </row>
+    <row r="2421" spans="1:2">
+      <c r="A2421" s="2">
+        <v>45971</v>
+      </c>
+      <c r="B2421">
+        <v>931.7</v>
+      </c>
+    </row>
+    <row r="2422" spans="1:2">
+      <c r="A2422" s="2">
+        <v>45972</v>
+      </c>
+      <c r="B2422">
+        <v>932.92</v>
+      </c>
+    </row>
+    <row r="2423" spans="1:2">
+      <c r="A2423" s="2">
+        <v>45973</v>
+      </c>
+      <c r="B2423">
+        <v>930.8</v>
+      </c>
+    </row>
+    <row r="2424" spans="1:2">
+      <c r="A2424" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B2424">
+        <v>902.38</v>
+      </c>
+    </row>
+    <row r="2425" spans="1:2">
+      <c r="A2425" s="2">
+        <v>45975</v>
+      </c>
+      <c r="B2425">
+        <v>904.96</v>
+      </c>
+    </row>
+    <row r="2426" spans="1:2">
+      <c r="A2426" s="2">
+        <v>45978</v>
+      </c>
+      <c r="B2426">
+        <v>896.2</v>
+      </c>
+    </row>
+    <row r="2427" spans="1:2">
+      <c r="A2427" s="2">
+        <v>45979</v>
+      </c>
+      <c r="B2427">
+        <v>889.27</v>
+      </c>
+    </row>
+    <row r="2428" spans="1:2">
+      <c r="A2428" s="2">
+        <v>45980</v>
+      </c>
+      <c r="B2428">
+        <v>890.84</v>
+      </c>
+    </row>
+    <row r="2429" spans="1:2">
+      <c r="A2429" s="2">
+        <v>45981</v>
+      </c>
+      <c r="B2429">
+        <v>863.3</v>
+      </c>
+    </row>
+    <row r="2430" spans="1:2">
+      <c r="A2430" s="2">
+        <v>45982</v>
+      </c>
+      <c r="B2430">
+        <v>872.1799999999999</v>
+      </c>
+    </row>
+    <row r="2431" spans="1:2">
+      <c r="A2431" s="2">
+        <v>45985</v>
+      </c>
+      <c r="B2431">
+        <v>898.39</v>
+      </c>
+    </row>
+    <row r="2432" spans="1:2">
+      <c r="A2432" s="2">
+        <v>45986</v>
+      </c>
+      <c r="B2432">
+        <v>905.95</v>
+      </c>
+    </row>
+    <row r="2433" spans="1:2">
+      <c r="A2433" s="2">
+        <v>45987</v>
+      </c>
+      <c r="B2433">
+        <v>915.08</v>
+      </c>
+    </row>
+    <row r="2434" spans="1:2">
+      <c r="A2434" s="2">
+        <v>45989</v>
+      </c>
+      <c r="B2434">
+        <v>925.67</v>
+      </c>
+    </row>
+    <row r="2435" spans="1:2">
+      <c r="A2435" s="2">
+        <v>45992</v>
+      </c>
+      <c r="B2435">
+        <v>918.72</v>
+      </c>
+    </row>
+    <row r="2436" spans="1:2">
+      <c r="A2436" s="2">
+        <v>45993</v>
+      </c>
+      <c r="B2436">
+        <v>924.98</v>
+      </c>
+    </row>
+    <row r="2437" spans="1:2">
+      <c r="A2437" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B2437">
+        <v>928.16</v>
+      </c>
+    </row>
+    <row r="2438" spans="1:2">
+      <c r="A2438" s="2">
+        <v>45995</v>
+      </c>
+      <c r="B2438">
+        <v>931.08</v>
+      </c>
+    </row>
+    <row r="2439" spans="1:2">
+      <c r="A2439" s="2">
+        <v>45996</v>
+      </c>
+      <c r="B2439">
+        <v>933.75</v>
+      </c>
+    </row>
+    <row r="2440" spans="1:2">
+      <c r="A2440" s="2">
+        <v>45999</v>
+      </c>
+      <c r="B2440">
+        <v>924.87</v>
+      </c>
+    </row>
+    <row r="2441" spans="1:2">
+      <c r="A2441" s="2">
+        <v>46000</v>
+      </c>
+      <c r="B2441">
+        <v>930.86</v>
+      </c>
+    </row>
+    <row r="2442" spans="1:2">
+      <c r="A2442" s="2">
+        <v>46001</v>
+      </c>
+      <c r="B2442">
+        <v>939.37</v>
+      </c>
+    </row>
+    <row r="2443" spans="1:2">
+      <c r="A2443" s="2">
+        <v>46002</v>
+      </c>
+      <c r="B2443">
+        <v>950.09</v>
+      </c>
+    </row>
+    <row r="2444" spans="1:2">
+      <c r="A2444" s="2">
+        <v>46003</v>
+      </c>
+      <c r="B2444">
+        <v>942.8</v>
+      </c>
+    </row>
+    <row r="2445" spans="1:2">
+      <c r="A2445" s="2">
+        <v>46006</v>
+      </c>
+      <c r="B2445">
+        <v>942.62</v>
+      </c>
+    </row>
+    <row r="2446" spans="1:2">
+      <c r="A2446" s="2">
+        <v>46007</v>
+      </c>
+      <c r="B2446">
+        <v>944.6900000000001</v>
+      </c>
+    </row>
+    <row r="2447" spans="1:2">
+      <c r="A2447" s="2">
+        <v>46008</v>
+      </c>
+      <c r="B2447">
+        <v>931.33</v>
+      </c>
+    </row>
+    <row r="2448" spans="1:2">
+      <c r="A2448" s="2">
+        <v>46009</v>
+      </c>
+      <c r="B2448">
+        <v>943.09</v>
+      </c>
+    </row>
+    <row r="2449" spans="1:2">
+      <c r="A2449" s="2">
+        <v>46010</v>
+      </c>
+      <c r="B2449">
+        <v>958.8099999999999</v>
+      </c>
+    </row>
+    <row r="2450" spans="1:2">
+      <c r="A2450" s="2">
+        <v>46013</v>
+      </c>
+      <c r="B2450">
+        <v>969.95</v>
+      </c>
+    </row>
+    <row r="2451" spans="1:2">
+      <c r="A2451" s="2">
+        <v>46014</v>
+      </c>
+      <c r="B2451">
+        <v>971.86</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>