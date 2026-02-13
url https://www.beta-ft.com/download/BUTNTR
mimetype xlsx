--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -381,51 +381,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B2451"/>
+  <dimension ref="A1:B2482"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2">
         <v>42397</v>
       </c>
       <c r="B2">
         <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="2">
         <v>42398</v>
       </c>
@@ -19993,50 +19993,298 @@
         <v>943.09</v>
       </c>
     </row>
     <row r="2449" spans="1:2">
       <c r="A2449" s="2">
         <v>46010</v>
       </c>
       <c r="B2449">
         <v>958.8099999999999</v>
       </c>
     </row>
     <row r="2450" spans="1:2">
       <c r="A2450" s="2">
         <v>46013</v>
       </c>
       <c r="B2450">
         <v>969.95</v>
       </c>
     </row>
     <row r="2451" spans="1:2">
       <c r="A2451" s="2">
         <v>46014</v>
       </c>
       <c r="B2451">
         <v>971.86</v>
+      </c>
+    </row>
+    <row r="2452" spans="1:2">
+      <c r="A2452" s="2">
+        <v>46020</v>
+      </c>
+      <c r="B2452">
+        <v>955.63</v>
+      </c>
+    </row>
+    <row r="2453" spans="1:2">
+      <c r="A2453" s="2">
+        <v>46021</v>
+      </c>
+      <c r="B2453">
+        <v>954.33</v>
+      </c>
+    </row>
+    <row r="2454" spans="1:2">
+      <c r="A2454" s="2">
+        <v>46024</v>
+      </c>
+      <c r="B2454">
+        <v>932.61</v>
+      </c>
+    </row>
+    <row r="2455" spans="1:2">
+      <c r="A2455" s="2">
+        <v>46027</v>
+      </c>
+      <c r="B2455">
+        <v>950.7</v>
+      </c>
+    </row>
+    <row r="2456" spans="1:2">
+      <c r="A2456" s="2">
+        <v>46028</v>
+      </c>
+      <c r="B2456">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="2457" spans="1:2">
+      <c r="A2457" s="2">
+        <v>46029</v>
+      </c>
+      <c r="B2457">
+        <v>968.75</v>
+      </c>
+    </row>
+    <row r="2458" spans="1:2">
+      <c r="A2458" s="2">
+        <v>46030</v>
+      </c>
+      <c r="B2458">
+        <v>966.97</v>
+      </c>
+    </row>
+    <row r="2459" spans="1:2">
+      <c r="A2459" s="2">
+        <v>46031</v>
+      </c>
+      <c r="B2459">
+        <v>978.48</v>
+      </c>
+    </row>
+    <row r="2460" spans="1:2">
+      <c r="A2460" s="2">
+        <v>46034</v>
+      </c>
+      <c r="B2460">
+        <v>991.0599999999999</v>
+      </c>
+    </row>
+    <row r="2461" spans="1:2">
+      <c r="A2461" s="2">
+        <v>46035</v>
+      </c>
+      <c r="B2461">
+        <v>988.01</v>
+      </c>
+    </row>
+    <row r="2462" spans="1:2">
+      <c r="A2462" s="2">
+        <v>46036</v>
+      </c>
+      <c r="B2462">
+        <v>982.95</v>
+      </c>
+    </row>
+    <row r="2463" spans="1:2">
+      <c r="A2463" s="2">
+        <v>46037</v>
+      </c>
+      <c r="B2463">
+        <v>986.76</v>
+      </c>
+    </row>
+    <row r="2464" spans="1:2">
+      <c r="A2464" s="2">
+        <v>46038</v>
+      </c>
+      <c r="B2464">
+        <v>984.6799999999999</v>
+      </c>
+    </row>
+    <row r="2465" spans="1:2">
+      <c r="A2465" s="2">
+        <v>46042</v>
+      </c>
+      <c r="B2465">
+        <v>979.4</v>
+      </c>
+    </row>
+    <row r="2466" spans="1:2">
+      <c r="A2466" s="2">
+        <v>46043</v>
+      </c>
+      <c r="B2466">
+        <v>985.11</v>
+      </c>
+    </row>
+    <row r="2467" spans="1:2">
+      <c r="A2467" s="2">
+        <v>46044</v>
+      </c>
+      <c r="B2467">
+        <v>1005.3</v>
+      </c>
+    </row>
+    <row r="2468" spans="1:2">
+      <c r="A2468" s="2">
+        <v>46045</v>
+      </c>
+      <c r="B2468">
+        <v>1013.67</v>
+      </c>
+    </row>
+    <row r="2469" spans="1:2">
+      <c r="A2469" s="2">
+        <v>46048</v>
+      </c>
+      <c r="B2469">
+        <v>1007.35</v>
+      </c>
+    </row>
+    <row r="2470" spans="1:2">
+      <c r="A2470" s="2">
+        <v>46049</v>
+      </c>
+      <c r="B2470">
+        <v>1005.02</v>
+      </c>
+    </row>
+    <row r="2471" spans="1:2">
+      <c r="A2471" s="2">
+        <v>46050</v>
+      </c>
+      <c r="B2471">
+        <v>997.25</v>
+      </c>
+    </row>
+    <row r="2472" spans="1:2">
+      <c r="A2472" s="2">
+        <v>46051</v>
+      </c>
+      <c r="B2472">
+        <v>977.0700000000001</v>
+      </c>
+    </row>
+    <row r="2473" spans="1:2">
+      <c r="A2473" s="2">
+        <v>46052</v>
+      </c>
+      <c r="B2473">
+        <v>946.71</v>
+      </c>
+    </row>
+    <row r="2474" spans="1:2">
+      <c r="A2474" s="2">
+        <v>46055</v>
+      </c>
+      <c r="B2474">
+        <v>944.83</v>
+      </c>
+    </row>
+    <row r="2475" spans="1:2">
+      <c r="A2475" s="2">
+        <v>46056</v>
+      </c>
+      <c r="B2475">
+        <v>948.65</v>
+      </c>
+    </row>
+    <row r="2476" spans="1:2">
+      <c r="A2476" s="2">
+        <v>46057</v>
+      </c>
+      <c r="B2476">
+        <v>927.6799999999999</v>
+      </c>
+    </row>
+    <row r="2477" spans="1:2">
+      <c r="A2477" s="2">
+        <v>46058</v>
+      </c>
+      <c r="B2477">
+        <v>896.45</v>
+      </c>
+    </row>
+    <row r="2478" spans="1:2">
+      <c r="A2478" s="2">
+        <v>46059</v>
+      </c>
+      <c r="B2478">
+        <v>916.6799999999999</v>
+      </c>
+    </row>
+    <row r="2479" spans="1:2">
+      <c r="A2479" s="2">
+        <v>46062</v>
+      </c>
+      <c r="B2479">
+        <v>936.61</v>
+      </c>
+    </row>
+    <row r="2480" spans="1:2">
+      <c r="A2480" s="2">
+        <v>46063</v>
+      </c>
+      <c r="B2480">
+        <v>930.51</v>
+      </c>
+    </row>
+    <row r="2481" spans="1:2">
+      <c r="A2481" s="2">
+        <v>46064</v>
+      </c>
+      <c r="B2481">
+        <v>925.3200000000001</v>
+      </c>
+    </row>
+    <row r="2482" spans="1:2">
+      <c r="A2482" s="2">
+        <v>46065</v>
+      </c>
+      <c r="B2482">
+        <v>899.91</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>